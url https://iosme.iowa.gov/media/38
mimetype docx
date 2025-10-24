--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -388,1314 +388,1537 @@
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00067211">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PLEASE PRINT LEGIBLY</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-355" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="354"/>
+        <w:gridCol w:w="348"/>
         <w:gridCol w:w="752"/>
-        <w:gridCol w:w="332"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1352"/>
+        <w:gridCol w:w="299"/>
+        <w:gridCol w:w="235"/>
+        <w:gridCol w:w="163"/>
+        <w:gridCol w:w="142"/>
+        <w:gridCol w:w="1639"/>
+        <w:gridCol w:w="532"/>
+        <w:gridCol w:w="696"/>
+        <w:gridCol w:w="1142"/>
         <w:gridCol w:w="99"/>
-        <w:gridCol w:w="169"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2226"/>
+        <w:gridCol w:w="166"/>
+        <w:gridCol w:w="420"/>
+        <w:gridCol w:w="657"/>
+        <w:gridCol w:w="2425"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0051515B" w:rsidRPr="0051515B" w:rsidTr="0043728D">
+      <w:tr w:rsidR="0051515B" w:rsidRPr="0051515B" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9361" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="9367" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="0051515B" w:rsidRPr="0051515B" w:rsidRDefault="0051515B" w:rsidP="000F5822">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0051515B" w:rsidRPr="00251C1E" w:rsidTr="008B4A3D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9715" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080"/>
             <w:tcMar>
               <w:left w:w="58" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="0051515B" w:rsidRPr="00251C1E" w:rsidRDefault="0051515B" w:rsidP="008B4A3D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251C1E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>DECEDENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B728E" w:rsidRPr="00B93046" w:rsidTr="00C42C04">
+      <w:tr w:rsidR="00753A1A" w:rsidRPr="00B93046" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="1591" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B728E" w:rsidRPr="00B93046" w:rsidRDefault="00C5696E" w:rsidP="00B93046">
+          <w:p w:rsidR="00753A1A" w:rsidRPr="00B93046" w:rsidRDefault="00753A1A" w:rsidP="003D6183">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
-            <w:r w:rsidR="005B728E" w:rsidRPr="00B93046">
+            <w:r w:rsidRPr="00B93046">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8609" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:tcW w:w="7776" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="005B728E" w:rsidRPr="00B93046" w:rsidRDefault="00E23DA7" w:rsidP="00452CD4">
+          <w:p w:rsidR="00753A1A" w:rsidRPr="00B93046" w:rsidRDefault="00753A1A" w:rsidP="003D6183">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1409"/>
                 <w:tab w:val="center" w:pos="4379"/>
                 <w:tab w:val="center" w:pos="7169"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00B13005">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00B13005">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B13005">
-[...8 lines deleted...]
-            <w:r w:rsidR="00B13005">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...51 lines deleted...]
-            <w:r w:rsidR="00B13005">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00B13005">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00B13005">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B13005">
-[...8 lines deleted...]
-            <w:r w:rsidR="00B13005">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B14446">
-[...49 lines deleted...]
-            <w:r w:rsidR="00B13005">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00B13005">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00B13005">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00B13005">
-[...8 lines deleted...]
-            <w:r w:rsidR="00B13005">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B14446">
-[...49 lines deleted...]
-            <w:r w:rsidR="00B13005">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B93046" w:rsidRPr="00D63C5B" w:rsidTr="00C42C04">
+      <w:tr w:rsidR="00753A1A" w:rsidRPr="00D63C5B" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
-          <w:trHeight w:hRule="exact" w:val="144"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="226"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcW w:w="1591" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00FF3083" w:rsidRPr="00D63C5B" w:rsidRDefault="00FF3083" w:rsidP="00B93046">
+          <w:p w:rsidR="00753A1A" w:rsidRPr="00D63C5B" w:rsidRDefault="00753A1A" w:rsidP="003D6183">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2868" w:type="dxa"/>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00753A1A" w:rsidRPr="00D63C5B" w:rsidRDefault="00753A1A" w:rsidP="003D6183">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C5B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>First</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2484" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00FF3083" w:rsidRPr="00D63C5B" w:rsidRDefault="00B93046" w:rsidP="00B93046">
+          <w:p w:rsidR="00753A1A" w:rsidRPr="00D63C5B" w:rsidRDefault="00753A1A" w:rsidP="003D6183">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63C5B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
+              <w:t>Middle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00753A1A" w:rsidRPr="00D63C5B" w:rsidRDefault="00753A1A" w:rsidP="003D6183">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D63C5B">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Last</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00753A1A" w:rsidRPr="00B93046" w:rsidTr="00753A1A">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1591" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00753A1A" w:rsidRDefault="00753A1A" w:rsidP="003D6183">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Birth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00753A1A" w:rsidRPr="000B75B3" w:rsidRDefault="00753A1A" w:rsidP="003D6183">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:type w:val="date"/>
+                    <w:format w:val="M/d/yyyy"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4909" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00753A1A" w:rsidRPr="00B93046" w:rsidRDefault="00753A1A" w:rsidP="003D6183">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00753A1A" w:rsidRPr="0051515B" w:rsidTr="00753A1A">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9367" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00753A1A" w:rsidRPr="0051515B" w:rsidRDefault="00753A1A" w:rsidP="003D6183">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0051515B" w:rsidRPr="0051515B" w:rsidTr="00753A1A">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="108"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9367" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="0051515B" w:rsidRPr="0051515B" w:rsidRDefault="0051515B" w:rsidP="00125FF6">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0051515B" w:rsidRPr="00251C1E" w:rsidTr="008B4A3D">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9715" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080"/>
+            <w:tcMar>
+              <w:left w:w="58" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="0051515B" w:rsidRPr="00251C1E" w:rsidRDefault="00266C93" w:rsidP="008B4A3D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LEGAL </w:t>
+            </w:r>
+            <w:r w:rsidR="003508D2" w:rsidRPr="00251C1E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>NEXT-OF-</w:t>
+            </w:r>
+            <w:r w:rsidR="0051515B" w:rsidRPr="00251C1E">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>KIN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE189B" w:rsidRPr="00B93046" w:rsidTr="00753A1A">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE189B" w:rsidRPr="00B93046" w:rsidRDefault="00654492" w:rsidP="00125FF6">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE189B" w:rsidRPr="00B93046">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8615" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BE189B" w:rsidRPr="00B93046" w:rsidRDefault="00E23DA7" w:rsidP="00714075">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1409"/>
+                <w:tab w:val="center" w:pos="4379"/>
+                <w:tab w:val="center" w:pos="7169"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00B13005">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B13005">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B13005">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B13005">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B14446">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B14446">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B14446">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B14446">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B14446">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B13005">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00B13005">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B13005">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B13005">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B13005">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B14446">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B14446">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B14446">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B14446">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B14446">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B13005">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00B13005">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00B13005">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00B13005">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00B13005">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00B14446">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B14446">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B14446">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B14446">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B14446">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B13005">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BE189B" w:rsidRPr="00572821" w:rsidTr="00753A1A">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="144"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="752" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BE189B" w:rsidRPr="00572821" w:rsidRDefault="00BE189B" w:rsidP="00125FF6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2478" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BE189B" w:rsidRPr="00572821" w:rsidRDefault="00BE189B" w:rsidP="00125FF6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00572821">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
               <w:t>First</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2870" w:type="dxa"/>
+            <w:tcW w:w="2469" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00FF3083" w:rsidRPr="00D63C5B" w:rsidRDefault="00B93046" w:rsidP="00B93046">
+          <w:p w:rsidR="00BE189B" w:rsidRPr="00572821" w:rsidRDefault="00211FAF" w:rsidP="00125FF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D63C5B">
+            <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Middle</w:t>
-[...580 lines deleted...]
-            <w:tcW w:w="2870" w:type="dxa"/>
+              <w:t>MI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3668" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00BE189B" w:rsidRPr="00572821" w:rsidRDefault="00211FAF" w:rsidP="00125FF6">
+          <w:p w:rsidR="00BE189B" w:rsidRPr="00572821" w:rsidRDefault="00BE189B" w:rsidP="00125FF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00572821">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>MI</w:t>
-[...29 lines deleted...]
-              </w:rPr>
               <w:t>Last</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D63C5B" w:rsidRPr="00B93046" w:rsidTr="00431243">
+      <w:tr w:rsidR="00D63C5B" w:rsidRPr="00B93046" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
-          <w:trHeight w:hRule="exact" w:val="360"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D63C5B" w:rsidRPr="00B93046" w:rsidRDefault="00D63C5B" w:rsidP="00125FF6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Phone </w:t>
             </w:r>
             <w:r w:rsidRPr="00D63C5B">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Required)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5116" w:type="dxa"/>
+            <w:tcW w:w="4416" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D63C5B" w:rsidRPr="00B93046" w:rsidRDefault="007B44BD" w:rsidP="00714075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1778,219 +2001,219 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B14446">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D63C5B" w:rsidRPr="00B93046" w:rsidRDefault="00D63C5B" w:rsidP="00125FF6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D63C5B" w:rsidRPr="00D63C5B" w:rsidTr="00474B61">
+      <w:tr w:rsidR="00D63C5B" w:rsidRPr="00D63C5B" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D63C5B" w:rsidRPr="00D63C5B" w:rsidRDefault="00D63C5B" w:rsidP="00125FF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5116" w:type="dxa"/>
+            <w:tcW w:w="4416" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D63C5B" w:rsidRPr="00D63C5B" w:rsidRDefault="00D63C5B" w:rsidP="00125FF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63C5B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Include Area Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00D63C5B" w:rsidRPr="00D63C5B" w:rsidRDefault="00D63C5B" w:rsidP="00125FF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00125FF6" w:rsidRPr="00251C1E" w:rsidTr="008B4A3D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9715" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080"/>
             <w:tcMar>
               <w:left w:w="58" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00125FF6" w:rsidRPr="00251C1E" w:rsidRDefault="002A3640" w:rsidP="008B4A3D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>DRIVER MAKING REMOVAL FROM IOSME</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00125FF6" w:rsidRPr="00B93046" w:rsidTr="003E4093">
+      <w:tr w:rsidR="00125FF6" w:rsidRPr="00B93046" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="752" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00125FF6" w:rsidRPr="00B93046" w:rsidRDefault="00125FF6" w:rsidP="00125FF6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Driver</w:t>
             </w:r>
             <w:r w:rsidRPr="00B93046">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8609" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:tcW w:w="8615" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00125FF6" w:rsidRPr="00B93046" w:rsidRDefault="003565ED" w:rsidP="00714075">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1409"/>
                 <w:tab w:val="center" w:pos="4379"/>
                 <w:tab w:val="center" w:pos="7169"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2310,222 +2533,222 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B14446">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00125FF6" w:rsidRPr="00572821" w:rsidTr="00E547A4">
+      <w:tr w:rsidR="00125FF6" w:rsidRPr="00572821" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="752" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00125FF6" w:rsidRPr="00572821" w:rsidRDefault="00125FF6" w:rsidP="00125FF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2868" w:type="dxa"/>
+            <w:tcW w:w="2478" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00125FF6" w:rsidRPr="00572821" w:rsidRDefault="00125FF6" w:rsidP="00125FF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00572821">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>First</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2870" w:type="dxa"/>
+            <w:tcW w:w="2469" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00125FF6" w:rsidRPr="00572821" w:rsidRDefault="003E4093" w:rsidP="00125FF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>MI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2871" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3668" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00125FF6" w:rsidRPr="00572821" w:rsidRDefault="00125FF6" w:rsidP="00125FF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00572821">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Last</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00125FF6" w:rsidRPr="00B93046" w:rsidTr="0033458F">
+      <w:tr w:rsidR="00125FF6" w:rsidRPr="00B93046" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
-          <w:trHeight w:hRule="exact" w:val="360"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
+          <w:trHeight w:hRule="exact" w:val="477"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00125FF6" w:rsidRPr="00B93046" w:rsidRDefault="00125FF6" w:rsidP="00125FF6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Phone </w:t>
             </w:r>
             <w:r w:rsidRPr="00D63C5B">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Required)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5116" w:type="dxa"/>
+            <w:tcW w:w="4416" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00125FF6" w:rsidRPr="00B93046" w:rsidRDefault="007B44BD" w:rsidP="00714075">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2608,275 +2831,275 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B14446">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00125FF6" w:rsidRPr="00B93046" w:rsidRDefault="00125FF6" w:rsidP="00125FF6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00125FF6" w:rsidRPr="00D63C5B" w:rsidTr="004B0535">
+      <w:tr w:rsidR="00125FF6" w:rsidRPr="00D63C5B" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1543" w:type="dxa"/>
+            <w:tcW w:w="1449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00125FF6" w:rsidRPr="00D63C5B" w:rsidRDefault="00125FF6" w:rsidP="00125FF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5116" w:type="dxa"/>
+            <w:tcW w:w="4416" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00125FF6" w:rsidRPr="00D63C5B" w:rsidRDefault="00125FF6" w:rsidP="00125FF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D63C5B">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Include Area Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2702" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3502" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00125FF6" w:rsidRPr="00D63C5B" w:rsidRDefault="00125FF6" w:rsidP="00125FF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003508D2" w:rsidRPr="00251C1E" w:rsidTr="008B4A3D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9715" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080"/>
             <w:tcMar>
               <w:left w:w="58" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="003508D2" w:rsidRPr="00251C1E" w:rsidRDefault="003508D2" w:rsidP="008B4A3D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00251C1E">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>CERTIFICATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D136ED" w:rsidRPr="00B93046" w:rsidTr="006C2A56">
+      <w:tr w:rsidR="00D136ED" w:rsidRPr="00B93046" w:rsidTr="00753A1A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="354" w:type="dxa"/>
+            <w:tcW w:w="348" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D136ED" w:rsidRPr="00017000" w:rsidRDefault="00372D77" w:rsidP="002140DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:exitMacro w:val="CheckBox1_Fill"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="Check1"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB7AB6">
+            <w:r w:rsidR="00930D36">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FB7AB6">
+            <w:r w:rsidR="00930D36">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcW w:w="1051" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D136ED" w:rsidRDefault="00D136ED" w:rsidP="003508D2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I certify that</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:tcW w:w="3407" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D136ED" w:rsidRPr="00B93046" w:rsidRDefault="00B109B5" w:rsidP="006C2A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="FH2"/>
@@ -2959,308 +3182,308 @@
             <w:r w:rsidR="00B14446">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4322" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="4909" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D136ED" w:rsidRDefault="001C5A05" w:rsidP="003508D2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D136ED">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>has been selected by the legal next-of-kin to perform</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003508D2" w:rsidRPr="00D63C5B" w:rsidTr="00C22899">
+      <w:tr w:rsidR="003508D2" w:rsidRPr="00D63C5B" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="217"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcW w:w="1051" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="003508D2" w:rsidRPr="00D63C5B" w:rsidRDefault="003508D2" w:rsidP="003508D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:tcW w:w="3407" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="003508D2" w:rsidRPr="00D63C5B" w:rsidRDefault="003508D2" w:rsidP="0094027C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Funeral Home / Entity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4322" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="4909" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="003508D2" w:rsidRPr="00D63C5B" w:rsidRDefault="003508D2" w:rsidP="003508D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00983B35" w:rsidRPr="00B93046" w:rsidTr="00C912F5">
+      <w:tr w:rsidR="00983B35" w:rsidRPr="00B93046" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9361" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="9367" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00983B35" w:rsidRPr="00B93046" w:rsidRDefault="00983B35" w:rsidP="00983B35">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>services for the above-named decedent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F0F3A" w:rsidRPr="00B93046" w:rsidTr="00C22899">
+      <w:tr w:rsidR="006F0F3A" w:rsidRPr="00B93046" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9361" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="9367" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="006F0F3A" w:rsidRPr="00B93046" w:rsidRDefault="006F0F3A" w:rsidP="003508D2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D136ED" w:rsidRPr="00B93046" w:rsidTr="006C2A56">
+      <w:tr w:rsidR="00D136ED" w:rsidRPr="00B93046" w:rsidTr="00753A1A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="354" w:type="dxa"/>
+            <w:tcW w:w="348" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D136ED" w:rsidRDefault="00263E23" w:rsidP="002140DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:exitMacro w:val="CheckBox2_Fill"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Check2"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FB7AB6">
+            <w:r w:rsidR="00930D36">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FB7AB6">
+            <w:r w:rsidR="00930D36">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcW w:w="1051" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D136ED" w:rsidRDefault="00D136ED" w:rsidP="00035EC5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>I certify that</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:tcW w:w="3407" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D136ED" w:rsidRPr="00B93046" w:rsidRDefault="00B109B5" w:rsidP="006C2A56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="FH3"/>
@@ -3343,190 +3566,190 @@
             <w:r w:rsidR="00B14446">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4322" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="4909" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00D136ED" w:rsidRDefault="001C5A05" w:rsidP="00035EC5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008E4A0B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>is doing a trade call and has permission to remove</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F0F3A" w:rsidRPr="00D63C5B" w:rsidTr="00C22899">
+      <w:tr w:rsidR="006F0F3A" w:rsidRPr="00D63C5B" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1084" w:type="dxa"/>
+            <w:tcW w:w="1051" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="006F0F3A" w:rsidRPr="00D63C5B" w:rsidRDefault="006F0F3A" w:rsidP="00035EC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:tcW w:w="3407" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="006F0F3A" w:rsidRPr="00D63C5B" w:rsidRDefault="006F0F3A" w:rsidP="00035EC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Funeral Home / Other Entity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4322" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="4909" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="006F0F3A" w:rsidRPr="00D63C5B" w:rsidRDefault="006F0F3A" w:rsidP="00035EC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A844E0" w:rsidRPr="00B93046" w:rsidTr="006C2A56">
+      <w:tr w:rsidR="00A844E0" w:rsidRPr="00B93046" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcW w:w="3762" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00A844E0" w:rsidRPr="00B93046" w:rsidRDefault="00A844E0" w:rsidP="00035EC5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>the body of the above-named decedent on behalf of</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5131" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5605" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00A844E0" w:rsidRPr="00B93046" w:rsidRDefault="00720769" w:rsidP="00276B11">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -3612,147 +3835,147 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006C2A56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A844E0" w:rsidRPr="00D63C5B" w:rsidTr="004B0535">
+      <w:tr w:rsidR="00A844E0" w:rsidRPr="00D63C5B" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4230" w:type="dxa"/>
+            <w:tcW w:w="3762" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00A844E0" w:rsidRPr="00D63C5B" w:rsidRDefault="00A844E0" w:rsidP="00035EC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5131" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5605" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00A844E0" w:rsidRPr="00D63C5B" w:rsidRDefault="00A844E0" w:rsidP="00035EC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Funeral Home / Entity</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009371F9" w:rsidRPr="00251C1E" w:rsidTr="00317388">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9715" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080"/>
             <w:tcMar>
               <w:left w:w="58" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="009371F9" w:rsidRPr="00251C1E" w:rsidRDefault="009371F9" w:rsidP="00317388">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>SIGNATURES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009371F9" w:rsidRPr="00026282" w:rsidTr="00F409B2">
+      <w:tr w:rsidR="009371F9" w:rsidRPr="00026282" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1351" w:type="dxa"/>
+            <w:tcW w:w="1286" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="002B785E" w:rsidRDefault="002B785E" w:rsidP="00317388">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>REQUIRED</w:t>
             </w:r>
@@ -3763,100 +3986,101 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Funeral Home</w:t>
             </w:r>
             <w:r w:rsidR="00197916">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:tcW w:w="4314" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="009371F9" w:rsidRPr="00026282" w:rsidRDefault="009371F9" w:rsidP="00F409B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcW w:w="685" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="009371F9" w:rsidRPr="00026282" w:rsidRDefault="009371F9" w:rsidP="00317388">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00026282">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2226" w:type="dxa"/>
+            <w:tcW w:w="3082" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="009371F9" w:rsidRPr="00026282" w:rsidRDefault="004C3154" w:rsidP="00276B11">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -3934,59 +4158,59 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00B14446">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B2FDB" w:rsidRPr="00026282" w:rsidTr="00266C93">
+      <w:tr w:rsidR="009B2FDB" w:rsidRPr="00026282" w:rsidTr="00753A1A">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="354" w:type="dxa"/>
+          <w:wBefore w:w="348" w:type="dxa"/>
           <w:trHeight w:hRule="exact" w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1711" w:type="dxa"/>
+            <w:tcW w:w="1591" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="007E7F7D" w:rsidRDefault="007E7F7D" w:rsidP="003508D2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>OPTIONAL</w:t>
             </w:r>
@@ -4037,101 +4261,102 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="007E7F7D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kin</w:t>
             </w:r>
             <w:r w:rsidR="00197916">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:tcW w:w="4009" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="009B2FDB" w:rsidRPr="00026282" w:rsidRDefault="009B2FDB" w:rsidP="00F409B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcW w:w="685" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="009B2FDB" w:rsidRPr="00026282" w:rsidRDefault="009B2FDB" w:rsidP="009B2FDB">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00026282">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2226" w:type="dxa"/>
+            <w:tcW w:w="3082" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="009B2FDB" w:rsidRPr="00026282" w:rsidRDefault="00950582" w:rsidP="00276B11">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
@@ -4263,72 +4488,72 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00522BD8" w:rsidRDefault="00522BD8" w:rsidP="00D546C9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00522BD8" w:rsidRPr="00510C25" w:rsidRDefault="003B2517" w:rsidP="003B2517">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5940"/>
         <w:tab w:val="right" w:leader="underscore" w:pos="10800"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C532AD">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Form ME-1</w:t>
@@ -4384,51 +4609,51 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00522BD8" w:rsidRDefault="00522BD8" w:rsidP="00D546C9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00522BD8" w:rsidRDefault="00522BD8" w:rsidP="00D546C9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FF3083"/>
     <w:rsid w:val="00001172"/>
     <w:rsid w:val="00017000"/>
     <w:rsid w:val="000245E5"/>
     <w:rsid w:val="00026282"/>
     <w:rsid w:val="00031A2A"/>
     <w:rsid w:val="00035EC5"/>
@@ -4523,99 +4748,102 @@
     <w:rsid w:val="0051515B"/>
     <w:rsid w:val="00520363"/>
     <w:rsid w:val="00522BD8"/>
     <w:rsid w:val="00524095"/>
     <w:rsid w:val="00537085"/>
     <w:rsid w:val="00543C00"/>
     <w:rsid w:val="00572821"/>
     <w:rsid w:val="005729AD"/>
     <w:rsid w:val="00573787"/>
     <w:rsid w:val="00574C1A"/>
     <w:rsid w:val="00576F67"/>
     <w:rsid w:val="00577C06"/>
     <w:rsid w:val="005A015F"/>
     <w:rsid w:val="005A05D7"/>
     <w:rsid w:val="005B1073"/>
     <w:rsid w:val="005B1CD3"/>
     <w:rsid w:val="005B728E"/>
     <w:rsid w:val="005C6F37"/>
     <w:rsid w:val="005E0ACD"/>
     <w:rsid w:val="00615F3D"/>
     <w:rsid w:val="00654492"/>
     <w:rsid w:val="00654E1A"/>
     <w:rsid w:val="00672DB5"/>
     <w:rsid w:val="00680984"/>
     <w:rsid w:val="00684E05"/>
+    <w:rsid w:val="00693AD1"/>
     <w:rsid w:val="006B68CA"/>
     <w:rsid w:val="006C2A56"/>
     <w:rsid w:val="006D6711"/>
     <w:rsid w:val="006E42BC"/>
     <w:rsid w:val="006F0F3A"/>
     <w:rsid w:val="006F663E"/>
     <w:rsid w:val="006F79D3"/>
     <w:rsid w:val="006F7FB3"/>
     <w:rsid w:val="00705063"/>
     <w:rsid w:val="00712F37"/>
     <w:rsid w:val="00714075"/>
     <w:rsid w:val="007145E7"/>
     <w:rsid w:val="00715204"/>
     <w:rsid w:val="00720769"/>
     <w:rsid w:val="00733485"/>
     <w:rsid w:val="00752D9A"/>
+    <w:rsid w:val="00753A1A"/>
     <w:rsid w:val="00766EFC"/>
     <w:rsid w:val="0077073F"/>
     <w:rsid w:val="0077314B"/>
     <w:rsid w:val="0077462D"/>
     <w:rsid w:val="00783C63"/>
     <w:rsid w:val="007B44BD"/>
     <w:rsid w:val="007E430F"/>
     <w:rsid w:val="007E65DF"/>
     <w:rsid w:val="007E6E4A"/>
     <w:rsid w:val="007E7F7D"/>
     <w:rsid w:val="0080572C"/>
     <w:rsid w:val="00832275"/>
     <w:rsid w:val="00834694"/>
     <w:rsid w:val="00835AB0"/>
     <w:rsid w:val="00850F20"/>
     <w:rsid w:val="008612A1"/>
     <w:rsid w:val="008615D5"/>
     <w:rsid w:val="00862EB4"/>
     <w:rsid w:val="0087474F"/>
     <w:rsid w:val="00884B7B"/>
     <w:rsid w:val="008910CD"/>
     <w:rsid w:val="008A32BB"/>
     <w:rsid w:val="008B30E9"/>
     <w:rsid w:val="008B41C5"/>
     <w:rsid w:val="008B4A3D"/>
     <w:rsid w:val="008B7E15"/>
     <w:rsid w:val="008C15FB"/>
     <w:rsid w:val="008D02FB"/>
     <w:rsid w:val="008D3717"/>
     <w:rsid w:val="008E4A0B"/>
     <w:rsid w:val="008E6403"/>
     <w:rsid w:val="008F7A4B"/>
     <w:rsid w:val="00926A2B"/>
+    <w:rsid w:val="00930D36"/>
     <w:rsid w:val="009371F9"/>
     <w:rsid w:val="0094027C"/>
     <w:rsid w:val="0094472C"/>
     <w:rsid w:val="00947C14"/>
     <w:rsid w:val="009503F4"/>
     <w:rsid w:val="00950582"/>
     <w:rsid w:val="00951B93"/>
     <w:rsid w:val="00952599"/>
     <w:rsid w:val="009554BD"/>
     <w:rsid w:val="009673F5"/>
     <w:rsid w:val="00983B35"/>
     <w:rsid w:val="009A378B"/>
     <w:rsid w:val="009B2FDB"/>
     <w:rsid w:val="009D3CD1"/>
     <w:rsid w:val="009E31E2"/>
     <w:rsid w:val="009E69CC"/>
     <w:rsid w:val="00A03509"/>
     <w:rsid w:val="00A05DB6"/>
     <w:rsid w:val="00A10F48"/>
     <w:rsid w:val="00A324C6"/>
     <w:rsid w:val="00A334BB"/>
     <w:rsid w:val="00A53605"/>
     <w:rsid w:val="00A73732"/>
     <w:rsid w:val="00A808B7"/>
     <w:rsid w:val="00A844E0"/>
@@ -4707,57 +4935,58 @@
     <w:rsid w:val="00FB7AB6"/>
     <w:rsid w:val="00FC6061"/>
     <w:rsid w:val="00FD2068"/>
     <w:rsid w:val="00FD3A0E"/>
     <w:rsid w:val="00FE4DE1"/>
     <w:rsid w:val="00FE6E1B"/>
     <w:rsid w:val="00FF3083"/>
     <w:rsid w:val="00FF357B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="16385"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="42DD6C20"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F77C9E1B-27EC-4832-B587-83752DFD6E2B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5493,81 +5722,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{099DE0DE-6640-45E4-A101-D3522B921AF4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1914CCFE-883C-42B7-B350-3E929F65B197}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>179</Words>
-  <Characters>1025</Characters>
+  <Words>185</Words>
+  <Characters>1058</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Iowa Department of Public Health</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1202</CharactersWithSpaces>
+  <CharactersWithSpaces>1241</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>CHeinzma</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>